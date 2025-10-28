--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -490,209 +490,203 @@
       </w:r>
       <w:r w:rsidR="00546B5F" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>syn</w:t>
       </w:r>
       <w:r w:rsidR="00546B5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009027B3">
         <w:t>, unikatowy list królewicza Konstantego Sobies</w:t>
       </w:r>
       <w:r w:rsidR="00A432C0">
         <w:t xml:space="preserve">kiego z 1720 r., i wiele innych ciekawych </w:t>
       </w:r>
       <w:r w:rsidR="002B09B5">
         <w:t xml:space="preserve">i niezwykle cennych dzieł sztuki i pamiątek.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561286B5" w14:textId="5F22C678" w:rsidR="009027B3" w:rsidRDefault="00B938F3" w:rsidP="00822E4B">
+    <w:p w14:paraId="22544D89" w14:textId="77777777" w:rsidR="000B5375" w:rsidRDefault="000B5375" w:rsidP="00822E4B">
+      <w:r>
+        <w:t xml:space="preserve">Na wystawie zobaczymy dzieła sztuki </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Zamku Królewskiego w Warszawie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Biblioteki Narodowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>. Muzeum Narodowego w Warszawie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:t xml:space="preserve"> oraz z własnych zbiorów </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="009027B3">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Muzeum Pałacu w Wilanowie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i kolekcji prywatnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938F3" w:rsidRPr="000B5375">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6651F" w:rsidRPr="000B5375">
+        <w:t xml:space="preserve"> Ekspozycję</w:t>
+      </w:r>
+      <w:r w:rsidR="00546B5F" w:rsidRPr="00A6651F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0" w:rsidRPr="00A6651F">
+        <w:t>uzupełni</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ś</w:t>
+      </w:r>
+      <w:r w:rsidR="002B09B5">
+        <w:t>cieżka muzyczna</w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0" w:rsidRPr="00A6651F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B09B5">
+        <w:t xml:space="preserve">składająca się z </w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0" w:rsidRPr="00A6651F">
+        <w:t>utwor</w:t>
+      </w:r>
+      <w:r w:rsidR="002B09B5">
+        <w:t xml:space="preserve">ów z kręgu mecenatu Marii Klementyny i Jakuba III/VIII, </w:t>
+      </w:r>
+      <w:r w:rsidR="00546B5F" w:rsidRPr="00A6651F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0" w:rsidRPr="00A6651F">
+        <w:t>wybran</w:t>
+      </w:r>
+      <w:r w:rsidR="002B09B5">
+        <w:t>ych</w:t>
+      </w:r>
+      <w:r w:rsidR="00A432C0" w:rsidRPr="00A6651F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546B5F" w:rsidRPr="00A6651F">
+        <w:t xml:space="preserve">przez dr Anetę Markuszewską, autorkę książki „W cieniu korony. Muzyka w polityce Jakuba III Stuarta i jego żony Marii Klementyny Sobieskiej w Rzymie (1719-1735)”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561286B5" w14:textId="3782E01E" w:rsidR="009027B3" w:rsidRDefault="000B5375" w:rsidP="00822E4B">
       <w:r w:rsidRPr="007119F9">
         <w:t>Dzięki współpracy z instytucjami z Ukrainy –</w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:rPr>
           <w:rStyle w:val="Pogrubienie"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Lwowską Narodową Galerią Sztuki im. B. Woźnickiego</w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
         <w:rPr>
           <w:rStyle w:val="Pogrubienie"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Lwowskim Muzeum Historycznym</w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
-        <w:t xml:space="preserve"> –</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> w trakcie trwania wystawy pokazane zostaną</w:t>
+        <w:t xml:space="preserve"> – w trakcie trwania wystawy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(w 2026 r.) </w:t>
       </w:r>
       <w:r w:rsidRPr="007119F9">
-        <w:t xml:space="preserve"> po raz pierwszy w Polsce</w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve">przez dr Anetę Markuszewską, autorkę książki „W cieniu korony. Muzyka w polityce Jakuba III Stuarta i jego żony Marii Klementyny Sobieskiej w Rzymie (1719-1735)”. </w:t>
+        <w:t>pokazane zostaną po raz pierwszy w Polsce obiekty związane z rodziną Sobieskich, należące  do zbiorów ukraińskich.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC6B1B6" w14:textId="77777777" w:rsidR="00E64297" w:rsidRPr="002A61CC" w:rsidRDefault="00E64297" w:rsidP="00E64297">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E64297">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Wystawie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">– jak zwykle w Muzeum Pałacu w Wilanowie – </w:t>
       </w:r>
       <w:r w:rsidRPr="00E64297">
@@ -843,51 +837,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> i badaniom ich spuścizny. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="249C526F" w14:textId="77777777" w:rsidR="00B938F3" w:rsidRPr="00B938F3" w:rsidRDefault="00B938F3" w:rsidP="00B938F3">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009027B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Niezwykła historia Marii Klementyny Sobieskiej</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C133276" w14:textId="77777777" w:rsidR="00B938F3" w:rsidRPr="00B938F3" w:rsidRDefault="00B938F3" w:rsidP="00B938F3">
+    <w:p w14:paraId="1C133276" w14:textId="1D91421D" w:rsidR="00B938F3" w:rsidRPr="00B938F3" w:rsidRDefault="00B938F3" w:rsidP="00B938F3">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1BAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Centralną postacią wystawy jest </w:t>
       </w:r>
       <w:r w:rsidRPr="008D1BAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Maria Klementyna Sobieska</w:t>
       </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -957,56 +951,80 @@
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">jego </w:t>
       </w:r>
       <w:r w:rsidR="00A6651F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>narzeczoną</w:t>
       </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> i po wielu perturbacjach – w tym aresztowaniu </w:t>
       </w:r>
       <w:r w:rsidR="00A6651F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">na zamku </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B5375">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ambras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B5375">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>w Innsbrucku</w:t>
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B938F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Innsbrucku</w:t>
       </w:r>
       <w:r w:rsidR="00A6651F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A6651F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">z woli cesarza przeciwnego małżeństwu - </w:t>
       </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -1035,64 +1053,63 @@
         </w:rPr>
         <w:t>Jakub</w:t>
       </w:r>
       <w:r w:rsidR="00A6651F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00451C7C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> w 1719 roku</w:t>
       </w:r>
       <w:r w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27838CF2" w14:textId="21FA0488" w:rsidR="00B938F3" w:rsidRPr="00B938F3" w:rsidRDefault="008D1BAE" w:rsidP="00B938F3">
+    <w:p w14:paraId="27838CF2" w14:textId="450825BC" w:rsidR="00B938F3" w:rsidRPr="00B938F3" w:rsidRDefault="008D1BAE" w:rsidP="00B938F3">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">osy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">królewny </w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">– od </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1142,50 +1159,59 @@
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>, narastający w wyniku różnic poglądów dotyczących ich wychowania</w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002A61CC" w:rsidRPr="009027B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">aż po </w:t>
       </w:r>
+      <w:r w:rsidR="000B5375">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dobrowolne </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>odosobnienie</w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> w klasztorze </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">i śmierć </w:t>
       </w:r>
       <w:r w:rsidR="00B938F3" w:rsidRPr="00B938F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="pl-PL"/>
@@ -1409,52 +1435,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0003508B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00662AC9">
         <w:rPr>
           <w:rStyle w:val="Uwydatnienie"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00662AC9" w:rsidRPr="00662AC9">
         <w:rPr>
           <w:rStyle w:val="Uwydatnienie"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Patronat</w:t>
       </w:r>
       <w:r w:rsidR="00662AC9">
         <w:rPr>
           <w:rStyle w:val="Uwydatnienie"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -1794,68 +1818,69 @@
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="116"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF513C"/>
     <w:rsid w:val="00013034"/>
     <w:rsid w:val="0002149D"/>
     <w:rsid w:val="00033CFF"/>
     <w:rsid w:val="0003508B"/>
+    <w:rsid w:val="000B5375"/>
     <w:rsid w:val="002A61CC"/>
     <w:rsid w:val="002B09B5"/>
     <w:rsid w:val="003116F8"/>
     <w:rsid w:val="003A0863"/>
     <w:rsid w:val="00435ACB"/>
     <w:rsid w:val="00451C7C"/>
     <w:rsid w:val="004C040A"/>
     <w:rsid w:val="004C156B"/>
     <w:rsid w:val="0053319D"/>
     <w:rsid w:val="00545374"/>
     <w:rsid w:val="00546B5F"/>
     <w:rsid w:val="00565049"/>
     <w:rsid w:val="005E3565"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005F7900"/>
     <w:rsid w:val="00662AC9"/>
     <w:rsid w:val="007119F9"/>
     <w:rsid w:val="007951E0"/>
     <w:rsid w:val="00822E4B"/>
     <w:rsid w:val="00860EF6"/>
     <w:rsid w:val="0089715C"/>
     <w:rsid w:val="008C4B9B"/>
     <w:rsid w:val="008C5B19"/>
     <w:rsid w:val="008D1BAE"/>
     <w:rsid w:val="009027B3"/>
@@ -2868,69 +2893,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>555</Words>
-  <Characters>3333</Characters>
+  <Words>561</Words>
+  <Characters>3367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3881</CharactersWithSpaces>
+  <CharactersWithSpaces>3921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katarzyna Joanna Kowalska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>